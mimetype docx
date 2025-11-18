--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -5,53 +5,53 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="16E7511B" w14:textId="77777777" w:rsidR="0091039F" w:rsidRPr="00FD73A7" w:rsidRDefault="00FD73A7" w:rsidP="00FD73A7">
+    <w:p w14:paraId="16E7511B" w14:textId="027D89C0" w:rsidR="0091039F" w:rsidRPr="00FD73A7" w:rsidRDefault="00FD73A7" w:rsidP="00FD73A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4225"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0091039F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4931786B" wp14:editId="09E58AAC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-603849</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -198,59 +198,59 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the agreement to</w:t>
       </w:r>
       <w:r w:rsidR="00C7450C" w:rsidRPr="00F91604">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00C7450C" w:rsidRPr="00F91604">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00A16A6C" w:rsidRPr="00F91604">
+      <w:r w:rsidR="00F0606E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vice Chancellor, Educational Services &amp; Technology</w:t>
+        <w:t>District Director of Grants</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="431F4948" w14:textId="307D211C" w:rsidR="0091039F" w:rsidRPr="008F1BA1" w:rsidRDefault="0091039F" w:rsidP="006B3777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4225"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Per Board Policy, a limited number of </w:t>
       </w:r>
       <w:r w:rsidR="00C35FCD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -460,77 +460,85 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F04F56C" w14:textId="6669F3F1" w:rsidR="008827F2" w:rsidRDefault="008827F2" w:rsidP="0041631A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4225"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dr. Byron D. Clift Breland, Chancellor</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3782CEA1" w14:textId="0EFF30EF" w:rsidR="00CB4961" w:rsidRPr="008F1BA1" w:rsidRDefault="00CB4961" w:rsidP="0041631A">
+          <w:p w14:paraId="3782CEA1" w14:textId="509C792A" w:rsidR="00CB4961" w:rsidRPr="008F1BA1" w:rsidRDefault="00CB4961" w:rsidP="0041631A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4225"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F1BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Fred Williams, </w:t>
             </w:r>
             <w:r w:rsidR="008827F2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Vice Chancellor, Finance &amp; Facilities</w:t>
+              <w:t xml:space="preserve">Vice Chancellor, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B3183F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Services</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="303DCB9C" w14:textId="544CD553" w:rsidR="00CB4961" w:rsidRPr="008F1BA1" w:rsidRDefault="006C5AF1" w:rsidP="0041631A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4225"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Erika Almaraz</w:t>
             </w:r>
             <w:r w:rsidR="00CB4961" w:rsidRPr="008F1BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -548,55 +556,55 @@
               <w:t xml:space="preserve">Executive </w:t>
             </w:r>
             <w:r w:rsidR="00CB4961" w:rsidRPr="008F1BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Director, Fiscal Affairs </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="488313B7" w14:textId="2ABE6BAE" w:rsidR="0091039F" w:rsidRPr="008F1BA1" w:rsidRDefault="00CB4961" w:rsidP="0091039F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4225"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C132B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00C7450C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Agreement #</w:t>
       </w:r>
       <w:r w:rsidRPr="008F1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C7450C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="24"/>
@@ -609,236 +617,258 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67983077" w14:textId="06712DDD" w:rsidR="00CB4961" w:rsidRPr="008F1BA1" w:rsidRDefault="00CB4961" w:rsidP="0091039F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4225"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7450C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>How many originals of the agreement have been included</w:t>
+        <w:t xml:space="preserve">How many originals of the agreement have been </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C7450C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>included</w:t>
       </w:r>
       <w:r w:rsidR="008311E7" w:rsidRPr="00C7450C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidRPr="00C7450C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008F1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-532809307"/>
           <w:placeholder>
             <w:docPart w:val="13D7D06CD9CD483694899AA329C2FE28"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00341B5D" w:rsidRPr="000D7B4C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="54882F07" w14:textId="0ACA9811" w:rsidR="008311E7" w:rsidRPr="008F1BA1" w:rsidRDefault="008311E7" w:rsidP="0091039F">
+    <w:p w14:paraId="54882F07" w14:textId="78C88313" w:rsidR="008311E7" w:rsidRPr="008F1BA1" w:rsidRDefault="008311E7" w:rsidP="0091039F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4225"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7450C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This agreement is submitted by</w:t>
       </w:r>
       <w:r w:rsidRPr="008F1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:id w:val="-85310691"/>
           <w:placeholder>
             <w:docPart w:val="84351CDCCDA84C5DB994A64632760B0C"/>
           </w:placeholder>
+          <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009A0110">
+          <w:r w:rsidR="00566DED" w:rsidRPr="000D7B4C">
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t xml:space="preserve">Lisa King </w:t>
+            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="07810BAB" w14:textId="3E1CAF4E" w:rsidR="00E46EAD" w:rsidRPr="008F1BA1" w:rsidRDefault="00E46EAD" w:rsidP="0091039F">
+    <w:p w14:paraId="07810BAB" w14:textId="3E1CAF4E" w:rsidR="00E46EAD" w:rsidRPr="008F1BA1" w:rsidRDefault="00E46EAD" w:rsidP="0051737F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4225"/>
         </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7450C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>How do should the agreement be returned</w:t>
       </w:r>
       <w:r w:rsidRPr="008F1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C7450C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(from the District Grants Office)?</w:t>
+        <w:t>(from the District Grants Office</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C7450C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)?</w:t>
       </w:r>
       <w:r w:rsidR="00C7450C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003C60F2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CA956B7" w14:textId="4CF6EC16" w:rsidR="00C34D61" w:rsidRPr="00FD73A7" w:rsidRDefault="00507278" w:rsidP="00FD73A7">
+    <w:p w14:paraId="628B7DAA" w14:textId="0E1EEF82" w:rsidR="00967A9F" w:rsidRDefault="00000000" w:rsidP="00967A9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1207064825"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C5ACD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00291AD1" w:rsidRPr="008F1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E46EAD" w:rsidRPr="00AB7475">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -871,112 +901,93 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="0041631A" w:rsidRPr="008F1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="131519781"/>
           <w:placeholder>
             <w:docPart w:val="2CC6C63869FC45D0A95049662A210E25"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C5ACD" w:rsidRPr="000D7B4C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E46EAD" w:rsidRPr="008F1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
-      </w:r>
-[...15 lines deleted...]
-        <w:t>OR</w:t>
       </w:r>
       <w:r w:rsidR="00E46EAD" w:rsidRPr="008F1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-874318580"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00291AD1" w:rsidRPr="008F1BA1">
+          <w:r w:rsidR="00BA1034">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00291AD1" w:rsidRPr="008F1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E46EAD" w:rsidRPr="00AB7475">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Call for pickup</w:t>
       </w:r>
       <w:r w:rsidR="0041631A" w:rsidRPr="008F1BA1">
@@ -1005,70 +1016,311 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00E46EAD" w:rsidRPr="008F1BA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1244453265"/>
           <w:placeholder>
             <w:docPart w:val="6034E75FA24D4448BAB9F2E7B10717AB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0041631A" w:rsidRPr="008F1BA1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00FD73A7">
+    </w:p>
+    <w:p w14:paraId="78863DC9" w14:textId="3EC220DF" w:rsidR="00967A9F" w:rsidRDefault="00000000" w:rsidP="00967A9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="322160789"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00840AA1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00840AA1" w:rsidRPr="00840AA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N/A – </w:t>
+      </w:r>
+      <w:r w:rsidR="00840AA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Electronic Signature Requested through Adobe Signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A770A5" w14:textId="77777777" w:rsidR="00747181" w:rsidRPr="00967A9F" w:rsidRDefault="00747181" w:rsidP="00967A9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2965DDB1" w14:textId="738B5845" w:rsidR="00BA1034" w:rsidRPr="00FD73A7" w:rsidRDefault="00AA00FE" w:rsidP="00B92512">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00933E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Does the agreement require data sharing?</w:t>
+      </w:r>
+      <w:r w:rsidR="00933E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-872377853"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00933E18">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00933E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="2116555219"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00933E18">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00933E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92512">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00541BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>If “Yes,” Please contact Dr. Gabrielle Stan</w:t>
+      </w:r>
+      <w:r w:rsidR="00344673" w:rsidRPr="00541BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>co</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92512" w:rsidRPr="00541BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00B3183F" w:rsidRPr="00742BA8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>gstanco@nocccd.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B92512" w:rsidRPr="00541BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or (714) </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6D45" w:rsidRPr="00541BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>808-4939</w:t>
+      </w:r>
+      <w:r w:rsidR="00933E18" w:rsidRPr="00541BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to request a data sharing agreement.</w:t>
+      </w:r>
+      <w:r w:rsidR="00933E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0770A225" w14:textId="671ED270" w:rsidR="00324AFC" w:rsidRDefault="005174DA" w:rsidP="00AF5F05">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F91604">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide the following information </w:t>
       </w:r>
@@ -1108,65 +1360,68 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Before receiving funds, all funds must be approved by the Board. </w:t>
       </w:r>
       <w:r w:rsidR="009368D7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="00F91604">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> following information will assist in confirming these funds have been Board-approved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07091C11" w14:textId="77777777" w:rsidR="005174DA" w:rsidRPr="00324AFC" w:rsidRDefault="00AF5F05" w:rsidP="00AF5F05">
+    <w:p w14:paraId="07091C11" w14:textId="001920F1" w:rsidR="005174DA" w:rsidRPr="00321E53" w:rsidRDefault="00AF5F05" w:rsidP="001538E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00321E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="651E9388" wp14:editId="610EC6F5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>77638</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-670452</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5831456" cy="0"/>
                 <wp:effectExtent l="0" t="19050" r="36195" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Straight Connector 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
@@ -1187,85 +1442,86 @@
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="22DE5EB3" id="Straight Connector 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="6.1pt,-52.8pt" to="465.25pt,-52.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxnHSuwQEAAMgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEmhSxU13UNXcEFQ&#10;scsHeB27sbA91tg06d8zdtssAoRWKy5ObM97897LZHM7OcuOCqMB3/FmUXOmvITe+EPHvz18eLPm&#10;LCbhe2HBq46fVOS329evNmNo1RIGsL1CRiQ+tmPo+JBSaKsqykE5ERcQlKdLDehEoi0eqh7FSOzO&#10;Vsu6vqlGwD4gSBUjnd6dL/m28GutZPqidVSJ2Y6TtlRWLOtjXqvtRrQHFGEw8iJDvECFE8ZT05nq&#10;TiTBfqD5g8oZiRBBp4UEV4HWRqrigdw09W9u7gcRVPFC4cQwxxT/H638fNwjM33Hl5x54egT3ScU&#10;5jAktgPvKUBAtsw5jSG2VL7ze7zsYthjNj1pdPlJdthUsj3N2aopMUmHq/Xb5t3qhjN5vauegAFj&#10;+qjAsfzScWt8ti1acfwUEzWj0mtJPraejSR4vXq/ysKqrOyspbylk1Xnsq9Kkzfq3hS6MlVqZ5Ed&#10;Bc1D/70p8ExIlRmijbUzqP436FKbYapM2nOBc3XpCD7NQGc84N+6pukqVZ/rr67PXrPtR+hP5cuU&#10;OGhcSmyX0c7z+Ou+wJ9+wO1PAAAA//8DAFBLAwQUAAYACAAAACEAM+uRI94AAAAMAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBi7S7TWixaTZFBC8K2tbieZqdZIP7EbKbNv5714Po&#10;8Z15eOeZcjtZw840hM47CYu5AEau9qpzrYTj+9PsHliI6BQa70jCFwXYVtdXJRbKX9yezofYslTi&#10;QoESdIx9wXmoNVkMc9+TS7vGDxZjikPL1YCXVG4Nz4RYcYudSxc09vSoqf48jFbCML41LybPn+sP&#10;3KHeH++a8DpKeXszPWyARZriHww/+kkdquR08qNTgZmUsyyREmYLsVwBS8Q6F0tgp98Rr0r+/4nq&#10;GwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHGcdK7BAQAAyAMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADPrkSPeAAAADAEAAA8AAAAAAAAAAAAA&#10;AAAAGwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAmBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="005174DA">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Was this grant already approved by the Board? (Select one from 1 to 4 below) </w:t>
+      <w:r w:rsidR="005174DA" w:rsidRPr="00321E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Was this grant already approved by the Board? (Select one from 1 to 4 below)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03867B9E" w14:textId="4F492D9F" w:rsidR="005174DA" w:rsidRDefault="00507278" w:rsidP="00C1682D">
+    <w:p w14:paraId="03867B9E" w14:textId="4F492D9F" w:rsidR="005174DA" w:rsidRDefault="00000000" w:rsidP="00C1682D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1744141527"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00141F38">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C1682D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
       <w:r w:rsidR="005174DA" w:rsidRPr="00C1682D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1323,51 +1579,50 @@
               </w:rPr>
               <w:t>Please provide the Board approval date:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1004636515"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00141F38" w:rsidRPr="000D7B4C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="2D0878B5" w14:textId="77777777" w:rsidR="00BF596D" w:rsidRDefault="00BF596D" w:rsidP="00C1682D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="390B890D" w14:textId="411B73EA" w:rsidR="00BF596D" w:rsidRDefault="00BF596D" w:rsidP="00C1682D">
             <w:pPr>
               <w:tabs>
@@ -1387,51 +1642,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please provide the assigned Banner Fund #:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="3951367"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00141F38" w:rsidRPr="000D7B4C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="0A9594A3" w14:textId="14DB16A8" w:rsidR="00BF596D" w:rsidRPr="00BF596D" w:rsidRDefault="00BF596D" w:rsidP="00C1682D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF596D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1472,102 +1726,119 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">d-approved yet). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="25721C75" w14:textId="77777777" w:rsidR="00BF596D" w:rsidRPr="00C1682D" w:rsidRDefault="00BF596D" w:rsidP="00FD73A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25BA6BBA" w14:textId="47596EA8" w:rsidR="00C1682D" w:rsidRDefault="00507278" w:rsidP="00C1682D">
+    <w:p w14:paraId="25BA6BBA" w14:textId="47596EA8" w:rsidR="00C1682D" w:rsidRDefault="00000000" w:rsidP="00C1682D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-663395174"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C5ACD">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C1682D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. </w:t>
       </w:r>
       <w:r w:rsidR="005174DA" w:rsidRPr="00C1682D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yes, this amount was included in the District’s proposed budget for the current fiscal year; approved in early September. </w:t>
+        <w:t xml:space="preserve">Yes, this amount was included in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005174DA" w:rsidRPr="00C1682D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>District’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005174DA" w:rsidRPr="00C1682D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proposed budget for the current fiscal year; approved in early September. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A10F9D" w14:paraId="50D605B7" w14:textId="77777777" w:rsidTr="00076313">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BC39363" w14:textId="1AAA2223" w:rsidR="00A10F9D" w:rsidRDefault="00A10F9D" w:rsidP="00C1682D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
@@ -1612,102 +1883,119 @@
               </w:rPr>
               <w:t>(If a Fund # hasn’t been assigned, then this grant may not have been B</w:t>
             </w:r>
             <w:r w:rsidR="00564B93">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>oard</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF596D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-approved yet).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3DA61FF0" w14:textId="7FA5606D" w:rsidR="005174DA" w:rsidRDefault="00507278" w:rsidP="00C1682D">
+    <w:p w14:paraId="3DA61FF0" w14:textId="7FA5606D" w:rsidR="005174DA" w:rsidRDefault="00000000" w:rsidP="00C1682D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1819301188"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00341B5D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C1682D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
       <w:r w:rsidR="005174DA" w:rsidRPr="00C1682D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">No, but this amount will be included in the District’s proposed budget for the current fiscal year; approved in early September. </w:t>
+        <w:t xml:space="preserve">No, but this amount will be included in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005174DA" w:rsidRPr="00C1682D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>District’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005174DA" w:rsidRPr="00C1682D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proposed budget for the current fiscal year; approved in early September. </w:t>
       </w:r>
       <w:r w:rsidR="00E43080">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A signature</w:t>
       </w:r>
       <w:r w:rsidR="005174DA" w:rsidRPr="00C1682D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Campus Fiscal Office is required. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -1786,103 +2074,101 @@
               </w:rPr>
               <w:t>Provide the Fund # to be used for the proposed budget input</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="665063160"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="000D7B4C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="05D01615" w14:textId="77777777" w:rsidR="00A10F9D" w:rsidRPr="00C1682D" w:rsidRDefault="00A10F9D" w:rsidP="00C34D61">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AEBD229" w14:textId="3C3D0042" w:rsidR="005174DA" w:rsidRPr="00C1682D" w:rsidRDefault="00507278" w:rsidP="00C1682D">
+    <w:p w14:paraId="1AEBD229" w14:textId="3C3D0042" w:rsidR="005174DA" w:rsidRPr="00C1682D" w:rsidRDefault="00000000" w:rsidP="00C1682D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1275479347"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E504B1">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C1682D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. </w:t>
       </w:r>
       <w:r w:rsidR="005174DA" w:rsidRPr="00C1682D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1904,262 +2190,326 @@
         </w:rPr>
         <w:t>complete a or b below)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63EA4104" w14:textId="77777777" w:rsidR="006D0A2D" w:rsidRDefault="006D0A2D" w:rsidP="006D0A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please prepare and attach (also email copies to the District Manager, Fiscal Affairs) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CCD134A" w14:textId="1EEF49CE" w:rsidR="006D0A2D" w:rsidRDefault="006D0A2D" w:rsidP="006D0A2D">
+    <w:p w14:paraId="2CCD134A" w14:textId="443FA05B" w:rsidR="006D0A2D" w:rsidRDefault="006D0A2D" w:rsidP="006D0A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C54E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Board Item.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C54E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please work with your campus CGA to prepare </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008443B0">
+        <w:t xml:space="preserve">Please work with </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3183F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
+        <w:t>the District Director, Grants</w:t>
       </w:r>
       <w:r w:rsidRPr="003C54E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> to prepare </w:t>
+      </w:r>
+      <w:r w:rsidR="008443B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C54E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>document.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5269D9BE" w14:textId="77777777" w:rsidR="00F91604" w:rsidRDefault="006D0A2D" w:rsidP="00F91604">
+    <w:p w14:paraId="5269D9BE" w14:textId="25588B10" w:rsidR="00F91604" w:rsidRDefault="006D0A2D" w:rsidP="00F91604">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C54E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Banner Budget Details (using the template).</w:t>
+        <w:t>Banner Budget Details.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C54E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">This must include the Banner ORGN, ACCOUNTS, and PROGRAM numbers to be used. Contact your campus budget office for assistance. A fund number will be assigned by the District upon the receipt of these documents. </w:t>
+        <w:t xml:space="preserve">This must include the Banner ORGN, ACCOUNTS, and PROGRAM numbers to be used. Contact your campus budget office for assistance. A fund number will be assigned by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C54E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>District</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C54E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> upon </w:t>
+      </w:r>
+      <w:r w:rsidR="00A939DE" w:rsidRPr="003C54E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>receipt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C54E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of th</w:t>
+      </w:r>
+      <w:r w:rsidR="00C132B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C54E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D34263" w14:textId="77777777" w:rsidR="00F91604" w:rsidRDefault="00F91604" w:rsidP="00F91604">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please complete the following information regarding these funds (select a or b). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A6AD2D" w14:textId="54A75906" w:rsidR="00F91604" w:rsidRDefault="00507278" w:rsidP="00F91604">
+    <w:p w14:paraId="60A6AD2D" w14:textId="54A75906" w:rsidR="00F91604" w:rsidRDefault="00000000" w:rsidP="00F91604">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-131411947"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E504B1">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F91604">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a. These are additional funds to be received for an existing grant</w:t>
       </w:r>
       <w:r w:rsidR="00F91604">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Please provide the Banner Fund # assigned to the original agreement: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754E6FAF" w14:textId="77777777" w:rsidR="00F91604" w:rsidRDefault="00507278" w:rsidP="00F91604">
+    <w:p w14:paraId="754E6FAF" w14:textId="77777777" w:rsidR="00F91604" w:rsidRDefault="00000000" w:rsidP="00F91604">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="400037591"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F91604">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F91604">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> b. This is a new grant</w:t>
       </w:r>
       <w:r w:rsidR="00F91604">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2167,172 +2517,169 @@
         <w:t xml:space="preserve">Has a Banner Fund # already been assigned? </w:t>
       </w:r>
       <w:r w:rsidR="00F91604">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1968660732"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F91604">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F91604">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes. Please provide the assigned Banner Fund #: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1698580619"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F91604" w:rsidRPr="000D7B4C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F91604" w14:paraId="0F5564B9" w14:textId="77777777" w:rsidTr="00076313">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D1F92B2" w14:textId="1B619B46" w:rsidR="00F91604" w:rsidRDefault="00507278" w:rsidP="00F91604">
+          <w:p w14:paraId="5D1F92B2" w14:textId="1B619B46" w:rsidR="00F91604" w:rsidRDefault="00000000" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-924875677"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00135B88">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F91604">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No. A Fund # </w:t>
             </w:r>
             <w:r w:rsidR="00E43080">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>needs</w:t>
             </w:r>
             <w:r w:rsidR="00F91604">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> to be assigned. (Please provide </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00507278">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
             <w:r w:rsidR="00F91604">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the following information to help determine </w:t>
             </w:r>
             <w:r w:rsidR="00E43080">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00F91604">
               <w:rPr>
@@ -2384,51 +2731,50 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1726678213"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="M/d/yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F91604" w:rsidRPr="000D7B4C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F91604">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
@@ -2437,137 +2783,134 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">o </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1389874233"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="M/d/yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F91604" w:rsidRPr="000D7B4C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F91604">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31C26D3A" w14:textId="47ACCE46" w:rsidR="00703DDD" w:rsidRDefault="00507278" w:rsidP="00F91604">
+          <w:p w14:paraId="31C26D3A" w14:textId="6F603117" w:rsidR="00703DDD" w:rsidRDefault="00000000" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-173724264"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00703DDD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00703DDD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> This is a one-time grant OR </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1736663387"/>
                 <w14:checkbox>
-                  <w14:checked w14:val="1"/>
+                  <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="003A4B23">
+                <w:r w:rsidR="001538E9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
-                  <w:t>☒</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00703DDD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> This grant will be recurring. (How many years?): </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AE5074A" w14:textId="77777777" w:rsidR="00703DDD" w:rsidRDefault="00703DDD" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2588,187 +2931,183 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Fiscal Agency (e.g. US Department of Education): </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1294052241"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00135B88" w:rsidRPr="000D7B4C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="29E049B2" w14:textId="3463AEFD" w:rsidR="00E80BA1" w:rsidRDefault="00E80BA1" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Mark one:           </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="435489474"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00135B88">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Federal                   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-499279675"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">State                   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="781841282"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Local/Private</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42A37974" w14:textId="77777777" w:rsidR="00FD73A7" w:rsidRPr="000B4C1C" w:rsidRDefault="0081158B" w:rsidP="0081158B">
+    <w:p w14:paraId="42A37974" w14:textId="1B6EF258" w:rsidR="00FD73A7" w:rsidRPr="000B4C1C" w:rsidRDefault="0081158B" w:rsidP="0081158B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FAB0325" wp14:editId="4EA480C7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -2838,395 +3177,433 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following Campus-level review and signatures are required. </w:t>
       </w:r>
       <w:r w:rsidR="00FD73A7" w:rsidRPr="000B4C1C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00FD73A7" w:rsidRPr="0081158B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Please have the following personnel initial as having reviewed the attached agreement.</w:t>
+        <w:t xml:space="preserve">Please have the following personnel </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE529A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sign</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD73A7" w:rsidRPr="0081158B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as having reviewed the attached agreement.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1075"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4405"/>
+        <w:gridCol w:w="3055"/>
+        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="3415"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD73A7" w14:paraId="661B17D6" w14:textId="77777777" w:rsidTr="008B7975">
+      <w:tr w:rsidR="00FD73A7" w14:paraId="661B17D6" w14:textId="77777777" w:rsidTr="00271B4B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1075" w:type="dxa"/>
+            <w:tcW w:w="3055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14771F00" w14:textId="77777777" w:rsidR="00FD73A7" w:rsidRPr="001923D8" w:rsidRDefault="008B7975" w:rsidP="00F91604">
+          <w:p w14:paraId="14771F00" w14:textId="782D6FAC" w:rsidR="00FD73A7" w:rsidRPr="001923D8" w:rsidRDefault="00EE529A" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001923D8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Initials </w:t>
+              <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38ECFDE5" w14:textId="77777777" w:rsidR="00FD73A7" w:rsidRPr="001923D8" w:rsidRDefault="008B7975" w:rsidP="00F91604">
+          <w:p w14:paraId="38ECFDE5" w14:textId="4D1127A7" w:rsidR="00FD73A7" w:rsidRPr="001923D8" w:rsidRDefault="00EE529A" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001923D8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Category </w:t>
+              <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4405" w:type="dxa"/>
+            <w:tcW w:w="3415" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76D50B30" w14:textId="77777777" w:rsidR="00FD73A7" w:rsidRPr="001923D8" w:rsidRDefault="008B7975" w:rsidP="00F91604">
+          <w:p w14:paraId="76D50B30" w14:textId="7B253F7F" w:rsidR="00FD73A7" w:rsidRPr="001923D8" w:rsidRDefault="00EE529A" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001923D8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Name</w:t>
+              <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD73A7" w14:paraId="21A28987" w14:textId="77777777" w:rsidTr="008B7975">
+      <w:tr w:rsidR="00FD73A7" w14:paraId="21A28987" w14:textId="77777777" w:rsidTr="00271B4B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1075" w:type="dxa"/>
+            <w:tcW w:w="3055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="386E600F" w14:textId="77777777" w:rsidR="00FD73A7" w:rsidRDefault="00FD73A7" w:rsidP="00F91604">
+          <w:p w14:paraId="386E600F" w14:textId="0DFD4FF5" w:rsidR="00FD73A7" w:rsidRDefault="00EE529A" w:rsidP="00F91604">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Grant Project Manager</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D67E7D4" w14:textId="62FFE4E7" w:rsidR="00FD73A7" w:rsidRDefault="00FD73A7" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
-[...24 lines deleted...]
-            <w:tcW w:w="4405" w:type="dxa"/>
+            <w:tcW w:w="3415" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16359BB1" w14:textId="093F251B" w:rsidR="00FD73A7" w:rsidRDefault="00FD73A7" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD73A7" w14:paraId="61B953CC" w14:textId="77777777" w:rsidTr="008B7975">
+      <w:tr w:rsidR="00FD73A7" w14:paraId="61B953CC" w14:textId="77777777" w:rsidTr="00271B4B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1075" w:type="dxa"/>
+            <w:tcW w:w="3055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7382CAAB" w14:textId="77777777" w:rsidR="00FD73A7" w:rsidRDefault="00FD73A7" w:rsidP="00F91604">
+          <w:p w14:paraId="7382CAAB" w14:textId="720952BE" w:rsidR="00FD73A7" w:rsidRDefault="00EE529A" w:rsidP="00F91604">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Campus Grant Administrator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA5FF06" w14:textId="40E6D1BF" w:rsidR="00FD73A7" w:rsidRDefault="00FD73A7" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
-[...24 lines deleted...]
-            <w:tcW w:w="4405" w:type="dxa"/>
+            <w:tcW w:w="3415" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A358197" w14:textId="78AA44F9" w:rsidR="00FD73A7" w:rsidRDefault="00FD73A7" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD73A7" w14:paraId="2181C5D5" w14:textId="77777777" w:rsidTr="008B7975">
+      <w:tr w:rsidR="00EE529A" w14:paraId="2181C5D5" w14:textId="77777777" w:rsidTr="00271B4B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1075" w:type="dxa"/>
+            <w:tcW w:w="3055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD0A010" w14:textId="77777777" w:rsidR="00FD73A7" w:rsidRDefault="00FD73A7" w:rsidP="00F91604">
+          <w:p w14:paraId="1DD0A010" w14:textId="1868F8BD" w:rsidR="00EE529A" w:rsidRDefault="00EE529A" w:rsidP="00EE529A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Campus Fiscal Officer </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67994F51" w14:textId="77777777" w:rsidR="00FD73A7" w:rsidRDefault="008B7975" w:rsidP="00F91604">
+          <w:p w14:paraId="67994F51" w14:textId="0B4ADD6F" w:rsidR="00EE529A" w:rsidRDefault="00EE529A" w:rsidP="00EE529A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="2019808373"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="FC3F7F234BC24F6C8021BE5CF91C7F18"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4405" w:type="dxa"/>
+                <w:tcW w:w="3415" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="7F84B787" w14:textId="79D3F42C" w:rsidR="00FD73A7" w:rsidRDefault="00FD73A7" w:rsidP="00F91604">
+              <w:p w14:paraId="7F84B787" w14:textId="79D3F42C" w:rsidR="00EE529A" w:rsidRDefault="00EE529A" w:rsidP="00EE529A">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="0"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A8F45BD" w14:textId="77777777" w:rsidR="00FD73A7" w:rsidRDefault="00FD73A7" w:rsidP="00F91604">
+    <w:p w14:paraId="0A8F45BD" w14:textId="77777777" w:rsidR="00FD73A7" w:rsidRPr="00541BBB" w:rsidRDefault="00FD73A7" w:rsidP="00541BBB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00124864" w14:paraId="1A4B96E6" w14:textId="77777777" w:rsidTr="001923D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="35731078" w14:textId="77777777" w:rsidR="00124864" w:rsidRPr="001923D8" w:rsidRDefault="00124864" w:rsidP="00F91604">
+          <w:p w14:paraId="35731078" w14:textId="3853DB96" w:rsidR="00124864" w:rsidRPr="001923D8" w:rsidRDefault="00124864" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001923D8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vice Chancellor Educational Services &amp; Technology: Review Complete _________</w:t>
+              <w:t xml:space="preserve">Vice Chancellor Educational Services &amp; </w:t>
+            </w:r>
+            <w:r w:rsidR="00B3183F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Institutional Effectiveness</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001923D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: Review Complete _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124864" w14:paraId="5BD1253C" w14:textId="77777777" w:rsidTr="001923D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="60E8BE15" w14:textId="63038C06" w:rsidR="00124864" w:rsidRPr="001923D8" w:rsidRDefault="00124864" w:rsidP="00F91604">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001923D8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3247,200 +3624,191 @@
             </w:r>
             <w:r w:rsidRPr="001923D8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Director, Fiscal Affairs: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="483984630"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="001923D8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001923D8" w:rsidRPr="001923D8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">County Resolution Needed  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1421713500"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001923D8" w:rsidRPr="001923D8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001923D8" w:rsidRPr="001923D8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Move forward for Signature ______</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="018E6770" w14:textId="77777777" w:rsidR="00124864" w:rsidRPr="00F91604" w:rsidRDefault="00124864" w:rsidP="001923D8">
+    <w:p w14:paraId="018E6770" w14:textId="77777777" w:rsidR="00124864" w:rsidRPr="00F91604" w:rsidRDefault="00124864" w:rsidP="00541BBB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00124864" w:rsidRPr="00F91604">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10750124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC4205D8"/>
     <w:lvl w:ilvl="0" w:tplc="78EC7F56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
@@ -3703,186 +4071,211 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2105296271">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1231499195">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2029137030">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0091039F"/>
     <w:rsid w:val="000063B7"/>
     <w:rsid w:val="00076313"/>
     <w:rsid w:val="00081C67"/>
     <w:rsid w:val="000B4C1C"/>
     <w:rsid w:val="001017AD"/>
     <w:rsid w:val="00124864"/>
     <w:rsid w:val="00135B88"/>
     <w:rsid w:val="00141F38"/>
+    <w:rsid w:val="001538E9"/>
     <w:rsid w:val="001923D8"/>
     <w:rsid w:val="001956C2"/>
+    <w:rsid w:val="001E6D45"/>
+    <w:rsid w:val="00271B4B"/>
     <w:rsid w:val="00275225"/>
+    <w:rsid w:val="00281013"/>
     <w:rsid w:val="00291AD1"/>
     <w:rsid w:val="00307372"/>
+    <w:rsid w:val="00307612"/>
+    <w:rsid w:val="00321E53"/>
     <w:rsid w:val="00324AFC"/>
     <w:rsid w:val="00332FE1"/>
     <w:rsid w:val="00341B5D"/>
+    <w:rsid w:val="00344673"/>
     <w:rsid w:val="003835DD"/>
     <w:rsid w:val="00393B3F"/>
     <w:rsid w:val="003A4B23"/>
     <w:rsid w:val="003C54E3"/>
     <w:rsid w:val="003C60F2"/>
     <w:rsid w:val="003E7E3A"/>
     <w:rsid w:val="004101D6"/>
     <w:rsid w:val="0041631A"/>
     <w:rsid w:val="0041675A"/>
     <w:rsid w:val="00445EC3"/>
+    <w:rsid w:val="004659A2"/>
     <w:rsid w:val="00507278"/>
+    <w:rsid w:val="0051737F"/>
     <w:rsid w:val="005174DA"/>
     <w:rsid w:val="00536BAB"/>
+    <w:rsid w:val="00541BBB"/>
     <w:rsid w:val="00564B93"/>
+    <w:rsid w:val="00566DED"/>
     <w:rsid w:val="005765DA"/>
     <w:rsid w:val="005A4B5A"/>
     <w:rsid w:val="005E1BE3"/>
     <w:rsid w:val="006029FE"/>
     <w:rsid w:val="006B3777"/>
     <w:rsid w:val="006C5AF1"/>
     <w:rsid w:val="006D099E"/>
     <w:rsid w:val="006D0A2D"/>
     <w:rsid w:val="006E749C"/>
     <w:rsid w:val="00703DDD"/>
+    <w:rsid w:val="00747181"/>
     <w:rsid w:val="007B6258"/>
     <w:rsid w:val="007C6CE0"/>
     <w:rsid w:val="0081158B"/>
     <w:rsid w:val="008311E7"/>
+    <w:rsid w:val="00840AA1"/>
     <w:rsid w:val="008443B0"/>
     <w:rsid w:val="00873179"/>
     <w:rsid w:val="008827F2"/>
     <w:rsid w:val="008B7975"/>
     <w:rsid w:val="008F1BA1"/>
     <w:rsid w:val="0091039F"/>
+    <w:rsid w:val="00933E18"/>
     <w:rsid w:val="009368D7"/>
     <w:rsid w:val="00937D59"/>
+    <w:rsid w:val="00967A9F"/>
     <w:rsid w:val="00996370"/>
     <w:rsid w:val="009A0110"/>
     <w:rsid w:val="009C5ACD"/>
     <w:rsid w:val="00A10F9D"/>
     <w:rsid w:val="00A16A6C"/>
     <w:rsid w:val="00A51F0D"/>
     <w:rsid w:val="00A739F2"/>
+    <w:rsid w:val="00A939DE"/>
     <w:rsid w:val="00A95DC5"/>
+    <w:rsid w:val="00AA00FE"/>
     <w:rsid w:val="00AB7475"/>
     <w:rsid w:val="00AE7C26"/>
     <w:rsid w:val="00AF5F05"/>
+    <w:rsid w:val="00B3183F"/>
     <w:rsid w:val="00B43647"/>
+    <w:rsid w:val="00B92512"/>
+    <w:rsid w:val="00BA1034"/>
     <w:rsid w:val="00BB4647"/>
     <w:rsid w:val="00BB79C3"/>
     <w:rsid w:val="00BF596D"/>
+    <w:rsid w:val="00C132B4"/>
     <w:rsid w:val="00C1682D"/>
     <w:rsid w:val="00C261EB"/>
     <w:rsid w:val="00C34D61"/>
     <w:rsid w:val="00C35FCD"/>
     <w:rsid w:val="00C55348"/>
     <w:rsid w:val="00C7450C"/>
     <w:rsid w:val="00CB4961"/>
     <w:rsid w:val="00D0348C"/>
     <w:rsid w:val="00D4733F"/>
     <w:rsid w:val="00E43080"/>
     <w:rsid w:val="00E46EAD"/>
     <w:rsid w:val="00E504B1"/>
+    <w:rsid w:val="00E50FFD"/>
     <w:rsid w:val="00E61791"/>
     <w:rsid w:val="00E80BA1"/>
     <w:rsid w:val="00ED5ED8"/>
+    <w:rsid w:val="00EE529A"/>
+    <w:rsid w:val="00F0606E"/>
     <w:rsid w:val="00F67197"/>
     <w:rsid w:val="00F876BE"/>
     <w:rsid w:val="00F91604"/>
+    <w:rsid w:val="00FA55F3"/>
     <w:rsid w:val="00FD73A7"/>
     <w:rsid w:val="00FF67B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5E712313"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{45AE78B0-C8F1-4244-9369-DF94661DFEA0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4303,70 +4696,93 @@
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0041631A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005174DA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B92512"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B92512"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstanco@nocccd.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6E6E7C8F-A73D-4C6A-87CF-661966422A51}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D45491" w:rsidRDefault="00F22579">
           <w:r w:rsidRPr="000D7B4C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -4492,191 +4908,222 @@
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5D651D76-BBDD-4C89-A106-3D9633F8BF7D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D45491" w:rsidRDefault="00F22579">
           <w:r w:rsidRPr="000D7B4C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FC3F7F234BC24F6C8021BE5CF91C7F18"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5593D19D-A146-45D5-833C-542F32F2117B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00856CCE" w:rsidRDefault="003C28CB" w:rsidP="003C28CB">
+          <w:pPr>
+            <w:pStyle w:val="FC3F7F234BC24F6C8021BE5CF91C7F18"/>
+          </w:pPr>
+          <w:r w:rsidRPr="000D7B4C">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F22579"/>
     <w:rsid w:val="000063B7"/>
     <w:rsid w:val="00017628"/>
     <w:rsid w:val="00105911"/>
     <w:rsid w:val="0028011D"/>
+    <w:rsid w:val="00281013"/>
+    <w:rsid w:val="00307612"/>
     <w:rsid w:val="003426F9"/>
     <w:rsid w:val="00353FC9"/>
+    <w:rsid w:val="003C28CB"/>
     <w:rsid w:val="0041675A"/>
     <w:rsid w:val="00476CD7"/>
     <w:rsid w:val="00553D7F"/>
     <w:rsid w:val="005E11B0"/>
     <w:rsid w:val="00695655"/>
     <w:rsid w:val="007B6258"/>
+    <w:rsid w:val="00815E8A"/>
+    <w:rsid w:val="00856CCE"/>
     <w:rsid w:val="0089152D"/>
+    <w:rsid w:val="00932ACC"/>
     <w:rsid w:val="009849AE"/>
     <w:rsid w:val="00A60F4D"/>
     <w:rsid w:val="00A87EC3"/>
     <w:rsid w:val="00AF140F"/>
     <w:rsid w:val="00D45491"/>
+    <w:rsid w:val="00E50FFD"/>
     <w:rsid w:val="00EC7EF3"/>
     <w:rsid w:val="00EE7FD7"/>
     <w:rsid w:val="00F22579"/>
     <w:rsid w:val="00F67197"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5062,88 +5509,101 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00105911"/>
+    <w:rsid w:val="003C28CB"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="13D7D06CD9CD483694899AA329C2FE28">
     <w:name w:val="13D7D06CD9CD483694899AA329C2FE28"/>
     <w:rsid w:val="00F22579"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="84351CDCCDA84C5DB994A64632760B0C">
     <w:name w:val="84351CDCCDA84C5DB994A64632760B0C"/>
     <w:rsid w:val="00F22579"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CC6C63869FC45D0A95049662A210E25">
     <w:name w:val="2CC6C63869FC45D0A95049662A210E25"/>
     <w:rsid w:val="00F22579"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6034E75FA24D4448BAB9F2E7B10717AB">
     <w:name w:val="6034E75FA24D4448BAB9F2E7B10717AB"/>
     <w:rsid w:val="00F22579"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC3F7F234BC24F6C8021BE5CF91C7F18">
+    <w:name w:val="FC3F7F234BC24F6C8021BE5CF91C7F18"/>
+    <w:rsid w:val="003C28CB"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -5368,78 +5828,78 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>688</Words>
-  <Characters>3651</Characters>
+  <Words>690</Words>
+  <Characters>3933</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4331</CharactersWithSpaces>
+  <CharactersWithSpaces>4614</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lisa King</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>bea780bca7e9ba3b682e6fcea753287f57ca221069edeb8f05d06ee94e053b15</vt:lpwstr>
   </property>